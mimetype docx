--- v0 (2025-10-10)
+++ v1 (2026-03-01)
@@ -1,6067 +1,4631 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="4F102F60" w14:textId="62571274" w:rsidR="006750ED" w:rsidRPr="000E3365" w:rsidRDefault="000A6AC0" w:rsidP="006750ED">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày soạn: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/10/2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.   Lớp dạy: 10/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Thời gian thực hiện: Tuần 6 đến tuần 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00780211" w:rsidRPr="000E3365">
+        <w:t>CHỦ ĐỀ 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>BẢO TỒN VÀ PHÁT HUY GIÁ TRỊ DI SẢN VĂN HÓA CỦA TP. ĐÀ NẴNG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">I. MỤC TIÊU </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sau bài học này, HS sẽ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1. Mục tiêu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>- Phân tích được mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hóa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>- Trình bày được thực trạng bảo tồn, phát huy giá trị di sản văn hóa ở TP. Đà Nẵng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>- Nêu được các giải pháp bảo tồn và phát huy giá trị di sản văn hóa ở địa phương.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2. Năng lực</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Năng lực chung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD32BA">
-[...65 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>Năng lực tự chủ và tự học: Biết chủ động, tích cực thực hiện nhiệm vụ nhằm hoàn thành nội dung bài học.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>Năng lực giao tiếp và hợp tác: Trao đổi, hợp tác với bạn trong nhóm hoàn thành nội dung bài học</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:left="227"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>* Năng lực chuyên biệt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- Vận dụng kiến thức, kĩ năng đã học: Vận dụng kiến thức, kĩ năng lịch sử để bảo tồn và phát huy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>giá trị các di sản văn hóa ở địa phương.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>3. Phẩm chất</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>- Trách nhiệm: Thực hiện được những việc làm phù hợp góp phần bảo tồn, phát huy giá trị các di sản văn hóa ở địa phương.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>II. THIẾT BỊ DẠY HỌC VÀ HỌC LIỆU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>1. Đối với giáo viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E3365">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>SGK, SGV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E3365">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GDĐP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- Giải thích được sự tạo thành sản phẩm và hướng của phản ứng thế gốc SR (cơ chế thế gốc SR vào carbon no của alkane).</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t>Quảng Nam 10, TP Đà Nẵng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Máy tính, máy chiếu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>a. Năng lực chung</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Tranh ảnh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
-[...14 lines deleted...]
-          <w:iCs/>
+        </w:rPr>
+        <w:t>, tư liệu về di sản văn hóa ở TP Đà Nẵng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>2. Đối với học sinh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>SGK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-      </w:pPr>
-[...68 lines deleted...]
-      <w:r w:rsidRPr="000E3365">
+        <w:t xml:space="preserve"> GDĐP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>cơ chế phản ứng thế trong hoá học hữu cơ.</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000E3365">
+        <w:t>Quảng Nam 10, TP Đà Nẵng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...128 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...79 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Đọc trước bài học trong SGK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>III. TIẾN TRÌNH DẠY HỌC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>A. HOẠT ĐỘNG KHỞI ĐỘNG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. Mục tiêu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Kích thích nhu cầu tìm hiểu về</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>di sản văn hóa ở TP Đà Nẵng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tình huống và phần câu hỏi ở phần mở đầu trong SGK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>II. Thiết bị dạy học và học liệu</w:t>
-[...43 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. Sản phẩm học tập: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>câu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-      </w:pPr>
-[...429 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> trả lời của HS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. Tổ chức thực hiện: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bước 1: GV chuyển giao nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- GV dẫn dắt : Tính đến tháng 5 năm 2022, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Đà Nẵng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>các</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di tích quốc gia đặc biệt, trong đó có 2 di sản văn hoá thế giới; 63 di tích quốc gia và 374 di tích cấp tỉnh; cùng hàng trăm di tích, danh thắng, các làng nghề truyền thống lâu đời cần được bảo tồn và phát huy mạnh mẽ trong thời kỳ hội nhập.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
           <w:noProof/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="187AEAFF" wp14:editId="3E95FB9F">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47B4BBB3" wp14:editId="7B919040">
+            <wp:extent cx="4503420" cy="2037715"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="2" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5695950" cy="2095500"/>
+                      <a:ext cx="4518236" cy="2044749"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5610C0A5" w14:textId="0284A022" w:rsidR="006750ED" w:rsidRPr="000E3365" w:rsidRDefault="006750ED" w:rsidP="006750ED">
-[...41 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="373AB734" wp14:editId="62930760">
+            <wp:extent cx="3703320" cy="1729740"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:docPr id="5" name="Picture 5" descr="A picture containing text&#10;&#10;Description automatically generated"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Picture 5" descr="A picture containing text&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3722377" cy="1739276"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>- GV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>d) Tổ chức thực hiện:</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>đặt câu hỏi:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Những hình ảnh trên gợi cho em suy nghĩ về vấn đề gì ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bước 2: HS thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- HS thảo luận theo cặp đôi và thực hiện yêu cầu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- GV hướng dẫn, hỗ trợ HS (nếu cần thiết). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bước 3: Báo cáo kết quả hoạt động và thảo luận</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>- GV mời đại diện 1-2 HS trả lời</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- GV mời HS khác nhận xét, bổ sung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bước 4: Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>- GV dẫn dắt HS vào bài học</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>B. HOẠT ĐỘNG HÌNH THÀNH KIẾN THỨC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Hoạt động 1: Tìm hiểu Mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hóa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>a. Mục tiêu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006750ED" w:rsidRPr="000E3365">
-[...27 lines deleted...]
-        <w:t>2. Hoạt động 2: Hình thành kiến thức mới</w:t>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phân tích được mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hóa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>HS thảo luận nhóm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>c. Sản phẩm học tập</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>: Câu trả lời của HS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d. Tổ chức hoạt động :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9626" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4361"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4452"/>
+        <w:gridCol w:w="5232"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00817A42" w:rsidRPr="000E3365" w14:paraId="24D94C34" w14:textId="77777777" w:rsidTr="000E3365">
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9996" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5232" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04F3CB89" w14:textId="7B592FD0" w:rsidR="008B2740" w:rsidRPr="000E3365" w:rsidRDefault="00817A42" w:rsidP="008B2740">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...120 lines deleted...]
-              <w:t>Hoạt động của GV và HS</w:t>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HOẠT ĐỘNG CỦA GV – HS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5517" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5A92E6" w14:textId="26648552" w:rsidR="00817A42" w:rsidRPr="000E3365" w:rsidRDefault="00817A42" w:rsidP="0031106E">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000E3365">
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> dự kiến</w:t>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>DỰ KIẾN SẢN PHẨM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00817A42" w:rsidRPr="000E3365" w14:paraId="013B10DF" w14:textId="77777777" w:rsidTr="000A6AC0">
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4479" w:type="dxa"/>
+            <w:tcW w:w="5232" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48DC753E" w14:textId="4603FA88" w:rsidR="00DF1874" w:rsidRPr="000E3365" w:rsidRDefault="00DF1874" w:rsidP="0031106E">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 1 : GV chuyển giao nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- GV đặt câu hỏi: Bảo tồn và phát huy giá trị di sản văn hóa nghĩa là gì?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
-            </w:pPr>
-[...1949 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">- GV </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">chia lớp thành các nhóm (4HS/nhóm) thảo luận theo kĩ thuật khăn trải bàn với nội dung: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Phân tích mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hóa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
                 <w:noProof/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C9BEB01" wp14:editId="624D7A23">
-[...2 lines deleted...]
-                  <wp:docPr id="5" name="Picture 5"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EF9BF1D" wp14:editId="7E259D77">
+                  <wp:extent cx="3148965" cy="1844040"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+                  <wp:docPr id="6" name="Picture 6" descr="Diagram&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name=""/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="6" name="Picture 6" descr="Diagram&#10;&#10;Description automatically generated"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28"/>
+                          <a:blip r:embed="rId8">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3562350" cy="400050"/>
+                            <a:ext cx="3158474" cy="1849262"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10222A1A" w14:textId="77777777" w:rsidR="00E23651" w:rsidRPr="006E1F11" w:rsidRDefault="00E23651" w:rsidP="00E23651">
-[...122 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- GV trình chiếu hình ảnh:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A374623" wp14:editId="558A782B">
+                  <wp:extent cx="2590800" cy="2186940"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2591025" cy="2187130"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 2 : HS thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- HS thực hiện nhiệm vụ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV hướng dẫn, theo dõi, hỗ trợ HS nếu cần thiết.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 3 : Báo cáo kết quả hoạt động và thảo luận</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
-              <w:t>Thực hiện nhiệm vụ:</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV mời đại diện </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HS các</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhóm trình bày kết quả thảo luận.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV mời đại diện các nhóm khác nhận xét, bổ sung.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 4 : Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
-              <w:t>Báo cáo, thảo luận</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức và rút ra kết luận</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:i/>
+                <w:iCs/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Giáo viên kết luận lại vấn đề </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV chuyển sang nội dung mới. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4267" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1395413D" w14:textId="5FF46F04" w:rsidR="00E23651" w:rsidRDefault="00E23651" w:rsidP="00E23651">
-[...223 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-          </w:p>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hóa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Xu hướng hiện đại của việc bảo tồn và phát huy di sản là không chỉ cố gắng giữ gìn di sản văn hoá đó ở dạng ban đầu, mà còn phải nỗ lực gắn di sản đó vào nền móng của đời sống xã hội. Như vậy, mối quan hệ giữa văn hoá và phát triển đã được xác định có sự kế thừa và mang - tính khách quan với yếu tố cốt lõi là các giá trị văn hóa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t xml:space="preserve">- Bảo tồn và phát huy giá trị di sản văn hóa có mối quan hệ mật thiết, gắn bó với nhau và tác động lẫn nhau. Muốn phát huy giá trị của di sản, trước hết cần phải giữ gìn và bảo vệ sự tồn tại của di sản theo đúng dạng thức vốn có của nó. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Việc bảo tồn và phát huy giá trị các di sản văn hoá là một trong những hoạt động luôn luôn gắn liền với việc bảo tồn bản sắc dân tộc, tạo dựng sự phát triển bền vững tương lai của mỗi cộng đồng, mỗi dân tộc, từ những mối liên kết đặc thù của quá khứ và hiện tại.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3710DCB0" w14:textId="2B3F98A3" w:rsidR="000A6AC0" w:rsidRPr="006E1F11" w:rsidRDefault="000A6AC0" w:rsidP="000A6AC0">
-[...88 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- Trình bày được một số cơ chế phản ứng thế trong hoá học hữu cơ: Cơ chế thế gốc SR (vào carbon no của alkane), cơ chế thế electrophile SEAr (vào nhân thơm), cơ chế thế nucleophile SN1, SN2 (phản ứng thuỷ phân dẫn xuất halogen).</w:t>
-[...589 lines deleted...]
-      <w:pgMar w:top="993" w:right="1133" w:bottom="1440" w:left="993" w:header="720" w:footer="720" w:gutter="0"/>
+        <w:t>Hoạt động 2: Tìm hiểu Thực trạng bảo tồn và phát huy giá trị di sản văn hóa ở tỉnh Quảng Nam</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>a. Mục tiêu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Trình bày được thực trạng bảo tồn, phát huy giá trị di sản văn hóa ở tỉnh Quảng Nam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>HS thảo luận nhóm và hoàn thành phiếu học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>c. Sản phẩm học tập</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>: Câu trả lời của HS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d. Tổ chức hoạt động :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9626" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5106"/>
+        <w:gridCol w:w="4520"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HOẠT ĐỘNG CỦA GV – HS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>DỰ KIẾN SẢN PHẨM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 1 : GV chuyển giao nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>chia lớp thành các nhóm (4HS/nhóm) thảo luận và hoàn thành phiếu học tập:</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2432"/>
+              <w:gridCol w:w="2432"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4864" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="fr-FR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00235B45">
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="fr-FR"/>
+                    </w:rPr>
+                    <w:t>Thực trạng bảo tồn và phát huy giá trị di sản văn hóa ở tỉnh Quảng Nam</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00235B45">
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Đô thị cổ Hội An</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00235B45">
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Khu đền tháp Mỹ Sơn</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00235B45">
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Công tác kiểm kê, nhận diện di sản</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00235B45">
+                    <w:rPr>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Phát huy di sản văn hóa nói chung</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2432" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- GV trình chiếu hình ảnh:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E836973" wp14:editId="32711108">
+                  <wp:extent cx="3096895" cy="2613660"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                  <wp:docPr id="9" name="Picture 9"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="9" name="Picture 9"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3118925" cy="2631841"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 2 : HS thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- HS thực hiện nhiệm vụ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV hướng dẫn, theo dõi, hỗ trợ HS nếu cần thiết.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 3 : Báo cáo kết quả hoạt động và thảo luận</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV mời đại diện </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HS các</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhóm trình bày kết quả thảo luận.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV mời đại diện các nhóm khác nhận xét, bổ sung.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 4 : Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức và rút ra kết luận</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV chuyển sang nội dung mới. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thực trạng bảo tồn và phát huy giá trị di sản văn hóa ở </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>TP. Đà Nẵng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Trong những năm qua, công tác bảo tồn và phát huy một cách bền vững các di sản văn hoa ở tỉnh Quảng Nam được tập trung vào hai di sản văn hoá thế giới: Khu đền tháp Mỹ Sơn và Đô thị cổ Hội An đã có những thành quả đáng kể.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t xml:space="preserve">- Công tác kiểm kê, nhận diện di sản văn hoá phi vật thể cũng được quan tâm chú trọng. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Trên lĩnh vực phát huy di sản văn hoá nói chung, trong những năm qua triển khai hàng loạt các sản phẩm du lịch độc đáo: "Đêm phố cổ", "phố đi bộ” “phố không có tiếng động cơ xe máy, các khu chợ đêm; gắn với nhiều lễ hội, hoạt động văn hoa truyền thống, diễn xướng dẫn gian được phục hồi, phát huy đúng hướng.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>=&gt; Góp phần làm cho hình ảnh Hội An ngày càng lan tỏa khắp nơi trên thế giới, thêm hấp dẫn, độc đảo thu hút đông đảo du khách tham quan, hưởng thụ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Hoạt động 3: Tìm hiểu những giải pháp cơ bản cho việc bảo tồn và phát huy giá trị di sản văn hóa ở tỉnh Quảng Nam</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>a. Mục tiêu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Trình bày được thực trạng bảo tồn, phát huy giá trị di sản văn hóa ở tỉnh Quảng Nam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>HS vẽ sơ đồ tư duy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>c. Sản phẩm học tập</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>: Câu trả lời của HS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d. Tổ chức hoạt động :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9626" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5090"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HOẠT ĐỘNG CỦA GV – HS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>DỰ KIẾN SẢN PHẨM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidTr="00562BE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 1 : GV chuyển giao nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">yêu cầu HS thảo luận cặp đôi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>và vẽ sơ đồ tư duy về những giải pháp cơ bản cho việc bảo tồn và phát huy giá trị di sản văn hóa ở TP. Đà Nẵng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>- GV trình chiếu hình ảnh:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="419D9666" wp14:editId="559F9966">
+                  <wp:extent cx="2644140" cy="2179320"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                  <wp:docPr id="11" name="Picture 11"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="11" name="Picture 11"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2644369" cy="2179509"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A4C949B" wp14:editId="46EDF3CC">
+                  <wp:extent cx="2628900" cy="2186940"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+                  <wp:docPr id="12" name="Picture 12"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="12" name="Picture 12"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2629128" cy="2187130"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 2 : HS thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- HS thực hiện nhiệm vụ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV hướng dẫn, theo dõi, hỗ trợ HS nếu cần thiết.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 3 : Báo cáo kết quả hoạt động và thảo luận</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV mời đại diện </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>HS các</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhóm trình bày kết quả thảo luận.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV mời đại diện các nhóm khác nhận xét, bổ sung.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bước 4 : Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức và rút ra kết luận</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- GV chuyển sang nội dung mới. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3. N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hững giải pháp cơ bản cho việc bảo tồn và phát huy giá trị di sản văn hóa ở </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235B45">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>TP. Đà Nẵng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Thứ nhất, chú trọng vào việc bảo tồn, phát huy giá trị hai Di sản Văn hoá thế giới Đô thị cổ Hội An và Khu đền tháp Mỹ Sơn, Khu dự trữ sinh quyển thế giới Cù Lao Chàm – Hội An.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Thứ hai, tăng cường công tác xúc tiến quảng bá, giới thiệu vùng đất, con người Quảng Nam đến với du khách.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Thứ ba, ưu tiên đầu tư nguồn lực cho công tác bảo tồn và phát huy các giá trị đi sản văn hoá, lồng ghép tổ chức các chương trình phát triển kinh tế với giới thiệu bản sắc văn hoá của địa phương.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2">
+            <w:r w:rsidRPr="00235B45">
+              <w:t>- Thứ tư, phát triển du lịch dựa vào cộng đồng, thực hiện bảo tồn văn hoá dựa vào dân cư bản địa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00562BE2"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>C. HOẠT ĐỘNG LUYỆN TẬP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. Mục tiêu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>HS sử dụng kiến thức, kĩ năng đã học trong bài để giải quyết các vấn đề tình huống, bài tập nhằm khắc sâu kiến thức bài học.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bài tập trong phần Luyện tập SGK </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. Sản phẩm học tập: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Câu trả lời của HS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>d. Tổ chức thực hiện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Bước 1: GV chuyển giao nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- GV nêu nhiệm vụ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>1. Hãy phân tích mối quan hệ giữa bảo tồn và phát huy giá trị di sản văn hoá Đô thị cổ Hội An.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>2. Trình bày thực trạng bảo tồn và phát huy giá trị của một di sản văn hóa (Di sản văn hóa vật thể hoặc Di sản văn hóa phi vật thể) ở địa phương mà em biết.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>3. Việc bảo tồn Khu đền tháp Mỹ Sơn giúp gìn giữ những giá trị văn hóa ở những phương diện nào (lịch sử, kiến trúc, điêu khắc, tín ngưỡng...).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>4. Hãy đề xuất một hình thức tuyên truyền quảng bá về một di sản văn hóa ở địa phương em.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 2: HS thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>HS sử dụng SGK, kiến thức đã học, kiến thức thực tế để trả lời câu hỏi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- GV hướng dẫn, theo dõi, hỗ trợ HS nếu cần thiết. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 3: Báo cáo kết quả hoạt động và thảo luận</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- GV mời đại diện HS trả lời: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- GV mời đại diện các nhóm khác nhận xét, bổ sung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 4 : Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>- GV mở rộng kiến thức</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>D. HOẠT ĐỘNG VẬN DỤNG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. Mục tiêu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t>Học sinh vận dụng vào bài học để giải quyết vấn đề thực tiễn cuộc sống, phát huy tính tư duy và khả năng sáng tạo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Nội dung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bài tập trong phần Vận dụng SGK </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">c. Sản phẩm học tập: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đáp án bài tập phần Vận dụng SGK </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>d. Tổ chức thực hiện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Bước 1: GV chuyển giao nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>- GV nêu yêu cầu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t>1. Làm việc theo nhóm để đề xuất những giải pháp nhằm bảo tồn và phát huy giả trị văn hóa của Nghệ thuật Bài chòi Trung Bộ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t>2. Đóng vai là một hướng dẫn viên du lịch, em hãy thuyết minh về một di sản văn hoa nổi bật của địa phương.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 2: HS thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>HS suy nghĩ trả lời.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 3: Báo cáo kết quả hoạt động và thảo luận</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t>- GV mời đại diện HS trả lời; HS khác lắng nghe, nhận xét.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235B45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bước 4 : Đánh giá kết quả, thực hiện nhiệm vụ học tập</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100">
+      <w:r w:rsidRPr="00235B45">
+        <w:t>- GV đánh giá, nhận xét, chuẩn kiến thức, cho điểm HS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100"/>
+    <w:p w:rsidR="00141100" w:rsidRPr="00235B45" w:rsidRDefault="00141100" w:rsidP="00141100"/>
+    <w:p w:rsidR="0077259F" w:rsidRPr="00141100" w:rsidRDefault="00866730">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="0077259F" w:rsidRPr="00141100" w:rsidSect="00235B45">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="450" w:right="656" w:bottom="1134" w:left="900" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="VNI-Times">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...5 lines deleted...]
-      <w:start w:val="2"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="019259B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="019259B1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-      <w:lvlText w:val="%1."/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4DAA3A4D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DAA3A4D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...180 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="2109887587">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="159665524">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="946623588">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00482450"/>
-[...43 lines deleted...]
-    <w:rsid w:val="00FD32BA"/>
+    <w:rsidRoot w:val="00141100"/>
+    <w:rsid w:val="00141100"/>
+    <w:rsid w:val="00866730"/>
+    <w:rsid w:val="00A95ECB"/>
+    <w:rsid w:val="00AD0EDF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="78DF02BF"/>
-  <w15:docId w15:val="{758CCF9D-8CAB-4DD1-BA06-9258A86E9BBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00482450"/>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00141100"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004E5D4A"/>
+    <w:uiPriority w:val="59"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006750ED"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00141100"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006750ED"/>
+    <w:rsid w:val="00141100"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00141100"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00141100"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar1">
-[...5 lines deleted...]
-    <w:rsid w:val="000E3365"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00141100"/>
     <w:rPr>
-      <w:rFonts w:ascii="VNI-Times" w:eastAsia="Times New Roman" w:hAnsi="VNI-Times" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.emf"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1478</Words>
-  <Characters>8429</Characters>
+  <Words>1482</Words>
+  <Characters>8448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9888</CharactersWithSpaces>
+  <CharactersWithSpaces>9911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PHẠM TIẾN HẢI</dc:creator>
+  <dc:creator>VHL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>