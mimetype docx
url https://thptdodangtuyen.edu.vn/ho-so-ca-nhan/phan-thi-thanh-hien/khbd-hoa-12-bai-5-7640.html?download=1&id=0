--- v0 (2025-10-10)
+++ v1 (2025-12-25)
@@ -1,115 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-[...1 lines deleted...]
-  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="28DFB882" w14:textId="77777777" w:rsidR="009447B8" w:rsidRPr="009F6874" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0B27E8F9" w14:textId="0B1A6028" w:rsidR="00485640" w:rsidRDefault="00485640" w:rsidP="00485640">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Ngày soạn: 10/9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A8761C" w14:textId="799B9FEF" w:rsidR="00485640" w:rsidRDefault="00485640" w:rsidP="00485640">
+    <w:p w14:paraId="06A8761C" w14:textId="23CFB71A" w:rsidR="00485640" w:rsidRPr="009419A7" w:rsidRDefault="00485640" w:rsidP="00485640">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Ngày dạy: 26-31/9/202</w:t>
+      </w:r>
+      <w:r w:rsidR="009419A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="vi-VN"/>
-[...1 lines deleted...]
-        <w:t>Ngày dạy: 26-31/9/2024</w:t>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B62B92" w14:textId="5BD4BB72" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BÀI 5: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -233,105 +239,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– Nêu được trạng thái tự nhiên của tinh bột và cellulose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B713BD2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">– Viết được công thức cấu tạo của tinh bột và cellulose, gọi được tên </w:t>
-[...7 lines deleted...]
-        <w:t>của tinh bột và cellulose.</w:t>
+        <w:t>– Viết được công thức cấu tạo của tinh bột và cellulose, gọi được tên của tinh bột và cellulose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62109C56" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Trình bày được tính chất hoá học cơ bản của tinh bột (phản ứng thuỷ phân, phản ứng với iodine); của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và với nước Schweizer).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324A8029" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">– Thực hiện được (hoặc quan sát video) thí nghiệm về phản ứng của tinh bột (phản ứng thuỷ phân, phản ứng của hồ tinh bột với iodine); của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và tan trong nước Schweizer). Mô tả các hiện tượng thí nghiệm </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">và giải thích được tính chất hoá học của tinh bột và cellulose. </w:t>
+        <w:t xml:space="preserve">– Thực hiện được (hoặc quan sát video) thí nghiệm về phản ứng của tinh bột (phản ứng thuỷ phân, phản ứng của hồ tinh bột với iodine); của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và tan trong nước Schweizer). Mô tả các hiện tượng thí nghiệm và giải thích được tính chất hoá học của tinh bột và cellulose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F237477" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– Trình bày được sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E37F5B0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -452,107 +442,91 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Năng lực giao tiếp và hợp tác: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sử dụng ngôn ngữ khoa học để diễn đạt các vấn đề về polysaccharide; Hoạt động nhóm và cặp đôi mộ</w:t>
-[...7 lines deleted...]
-        <w:t>t cách hiệu quả theo đúng yêu cầu của GV, đảm bảo các thành viên trong nhóm đều được tham gia và trình bày báo cáo.</w:t>
+        <w:t>Sử dụng ngôn ngữ khoa học để diễn đạt các vấn đề về polysaccharide; Hoạt động nhóm và cặp đôi một cách hiệu quả theo đúng yêu cầu của GV, đảm bảo các thành viên trong nhóm đều được tham gia và trình bày báo cáo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D752AD1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Năng lực giải quyết vấn đề và sáng tạo: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Thảo luận với các thành viên trong nhóm nhằm giải quyết các vấn đề trong bài học để hoàn thành nh</w:t>
-[...7 lines deleted...]
-        <w:t>iệm vụ học tập.</w:t>
+        <w:t>Thảo luận với các thành viên trong nhóm nhằm giải quyết các vấn đề trong bài học để hoàn thành nhiệm vụ học tập.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F84F59" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -679,78 +653,69 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="36" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">–  Trình bày được tính chất hoá học cơ </w:t>
-[...8 lines deleted...]
-        <w:t>bản của tinh bột (phản ứng thuỷ phân, phản ứng với iodine), của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và với nước Schweizer).</w:t>
+        <w:t>–  Trình bày được tính chất hoá học cơ bản của tinh bột (phản ứng thuỷ phân, phản ứng với iodine), của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và với nước Schweizer).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA682B0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b. Tìm hiểu tự nhiên dưới góc độ hóa học</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>được thực hiện thông qua các hoạt động</w:t>
@@ -760,88 +725,72 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF07E44" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>– Thực hiện được (hoặc quan s</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">át video) thí nghiệm về phản ứng của tinh bột (phản ứng thuỷ phân, phản ứng của hồ tinh bột với iodine), của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và tan trong nước Schweizer); </w:t>
+        <w:t xml:space="preserve">– Thực hiện được (hoặc quan sát video) thí nghiệm về phản ứng của tinh bột (phản ứng thuỷ phân, phản ứng của hồ tinh bột với iodine), của cellulose (phản ứng thuỷ phân, phản ứng với nitric acid và tan trong nước Schweizer); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E28D8DD" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>– Mô tả các hiện tượng thí nghiệm và giải thích được tính ch</w:t>
-[...7 lines deleted...]
-        <w:t>ất hoá học của tinh bột và cellulose.</w:t>
+        <w:t>– Mô tả các hiện tượng thí nghiệm và giải thích được tính chất hoá học của tinh bột và cellulose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201447D1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">c. Vận dụng kiến thức, kĩ năng đã học: </w:t>
       </w:r>
       <w:r>
@@ -875,59 +824,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Phẩm chất: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="248DACD3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">– Tham gia tích cực hoạt động nhóm </w:t>
-[...7 lines deleted...]
-        <w:t>và cặp đôi phù hợp với khả năng của bản thân.</w:t>
+        <w:t>– Tham gia tích cực hoạt động nhóm và cặp đôi phù hợp với khả năng của bản thân.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2BDF22" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>– Yêu quý thiên nhiên và sử dụng hợp lí các nguồn carbohydrate trong tự nhiên.</w:t>
       </w:r>
     </w:p>
@@ -973,59 +914,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II. Thiết bị dạy học và học liệu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF02845" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>– Tranh ảnh liên quan đến tinh</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> bột và cellulose trong đời sống, slides bài giảng.</w:t>
+        <w:t>– Tranh ảnh liên quan đến tinh bột và cellulose trong đời sống, slides bài giảng.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B45D767" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>– Phiếu học tập, phiếu đánh giá HS.</w:t>
       </w:r>
     </w:p>
@@ -1116,59 +1049,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F4AF31" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>– Xác định được nội dung sẽ học trong bài là tinh bột và cellulose, qua đó thấy được vai trò quan t</w:t>
-[...7 lines deleted...]
-        <w:t>rọng của carbohydrate trong đời sống.</w:t>
+        <w:t>– Xác định được nội dung sẽ học trong bài là tinh bột và cellulose, qua đó thấy được vai trò quan trọng của carbohydrate trong đời sống.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF1CD8F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Tạo tâm thế sẵn sàng tìm hiểu, thực hiện nhiệm vụ được giao để trả lời được câu hỏi đặt ra ở tình huống khởi động.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A67AA02" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
@@ -1177,59 +1102,51 @@
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   b) Nội dung: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> GV chiếu một số hình ảnh ví dụ về các thực phẩm/vật dụng trong đời sống có thành phầ</w:t>
-[...7 lines deleted...]
-        <w:t>n là tinh bột, cellulose.</w:t>
+        <w:t xml:space="preserve"> GV chiếu một số hình ảnh ví dụ về các thực phẩm/vật dụng trong đời sống có thành phần là tinh bột, cellulose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F1FE5F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -1496,111 +1413,129 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...17 lines deleted...]
-              <w:instrText xml:space="preserve"> </w:instrText>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://thietbididong.net/wp-content/uploads/2015/02/xem-hinh-anh-canh-dong-lua-chin-vang-dep-nhat-viet-nam-2015-7.jpg" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://thietbididong.net/wp-content/uploads/2015/02/xem-hinh-anh-canh-dong-lua-chin-vang-dep-nhat-viet-nam-2015-7.jpg" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009419A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict w14:anchorId="0197773F">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Kết quả hình ảnh cho hinh ảnh về cánh đồng lúa chín" style="width:133.2pt;height:107.4pt">
                   <v:imagedata r:id="rId5" r:href="rId6"/>
                 </v:shape>
               </w:pict>
             </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1723,127 +1658,136 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.textileandgarment.com/vi/docs/08/2012/ttn50.</w:instrText>
-[...8 lines deleted...]
-              <w:instrText xml:space="preserve">jpg" \* MERGEFORMATINET </w:instrText>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.textileandgarment.com/vi/docs/08/2012/ttn50.jpg" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...17 lines deleted...]
-              <w:instrText xml:space="preserve"> </w:instrText>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.textileandgarment.com/vi/docs/08/2012/ttn50.jpg" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.textileandgarment.com/vi/docs/08/2012/ttn50.jpg" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009419A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict w14:anchorId="2AC66116">
                 <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Kết quả hình ảnh cho bông" style="width:142.2pt;height:105pt">
                   <v:imagedata r:id="rId7" r:href="rId8"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -3103,61 +3047,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="78C531EC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thực </w:t>
-[...9 lines deleted...]
-        <w:t>hiện nhiệm vụ học tập</w:t>
+        <w:t>Thực hiện nhiệm vụ học tập</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40191B5A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>– HS suy nghĩ độc lập và đưa ra các câu trả lời.</w:t>
       </w:r>
     </w:p>
@@ -3210,59 +3144,51 @@
         <w:t>Báo cáo kết quả và thảo luận</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244BD201" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>GV thu các tờ giấy ghi nội dung câu trả lời của HS v</w:t>
-[...7 lines deleted...]
-        <w:t>à liệt kê đáp án của HS trước lớp.</w:t>
+        <w:t>GV thu các tờ giấy ghi nội dung câu trả lời của HS và liệt kê đáp án của HS trước lớp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC44017" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3491,59 +3417,51 @@
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>trạng thái tự nhiên của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31360D0B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– Thông qua việc hình thành kiến thức mới về trạng thái tự nhiên của </w:t>
-[...7 lines deleted...]
-              <w:t>tinh bột và cellulose, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
+              <w:t>– Thông qua việc hình thành kiến thức mới về trạng thái tự nhiên của tinh bột và cellulose, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="019F3A7D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Tổ chức thực hiện</w:t>
             </w:r>
@@ -3615,92 +3533,84 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sản phẩm dự kiến</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="6BF8F172" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63D3C47C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Giao nhiệm vụ học tập:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E25A74E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>– GV sử dụng slides trình bày các sản phẩm trong cuộc sống có thành phần chính là tinh bột</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> và cellulose, yêu cầu HS làm việc theo cặp đôi, thảo luận đưa ra nội dung trả lời cho câu Thảo luận 1 trong SGK:</w:t>
+              <w:t>– GV sử dụng slides trình bày các sản phẩm trong cuộc sống có thành phần chính là tinh bột và cellulose, yêu cầu HS làm việc theo cặp đôi, thảo luận đưa ra nội dung trả lời cho câu Thảo luận 1 trong SGK:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15904882" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>1.</w:t>
@@ -3721,115 +3631,99 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Hạt ngô và lõi ngô, bộ phận nào chứa nhiều nhiều tinh bột? Bộ phận nào chứa nhiều cellulose? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B3A6FA7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>– Sau đó, GV có thể đặt thêm câu hỏi sau, y</w:t>
-[...7 lines deleted...]
-              <w:t>êu cầu HS trả lời nhằm giúp các em củng cố nội dung vừa tìm hiểu:</w:t>
+              <w:t>– Sau đó, GV có thể đặt thêm câu hỏi sau, yêu cầu HS trả lời nhằm giúp các em củng cố nội dung vừa tìm hiểu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BDA3DFF" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>* Giấy có thể được làm từ những nguyên liệu nào trong tự nhiên? Vì sao?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E8941CB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">– Kết quả câu trả lời của HS được trình bày trong Phiếu học tập số 1. Qua đó củng cố thêm kiến thức về trạng thái tự </w:t>
-[...7 lines deleted...]
-              <w:t>nhiên của tinh bột và cellulose.</w:t>
+              <w:t>– Kết quả câu trả lời của HS được trình bày trong Phiếu học tập số 1. Qua đó củng cố thêm kiến thức về trạng thái tự nhiên của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62ADE0C9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Thực hiện nhiệm vụ:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43956945" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
@@ -3851,59 +3745,51 @@
               </w:rPr>
               <w:tab/>
               <w:t>– HS thảo luận theo cặp được phân công và đưa ra nội dung câu trả lời theo mẫu trong Phiếu học tập số 1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55F44545" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">– GV theo dõi, đôn đốc nhắc nhở HS tích cực tham gia vào hoạt động trong nhóm để đưa ra câu trả </w:t>
-[...7 lines deleted...]
-              <w:t>lời.</w:t>
+              <w:t>– GV theo dõi, đôn đốc nhắc nhở HS tích cực tham gia vào hoạt động trong nhóm để đưa ra câu trả lời.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="171253AB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Báo cáo, thảo luận:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3520744E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -3939,59 +3825,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết luận, nhận định:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CE40530" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– HS nhận xét, bổ sung, đánh giá Phiếu học tập</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> của một số nhóm đại diện (có thể bốc thăm hoặc theo chỉ định của GV).</w:t>
+              <w:t>– HS nhận xét, bổ sung, đánh giá Phiếu học tập của một số nhóm đại diện (có thể bốc thăm hoặc theo chỉ định của GV).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62A7D78E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– GV nhận xét, đánh giá chung và rút ra kết luận.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4055,61 +3933,51 @@
           </w:p>
           <w:p w14:paraId="51E5DC82" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">* Do cellulose là thành </w:t>
-[...9 lines deleted...]
-              <w:t>phần chính của bã mía, gỗ, tre, rơm, ... nên t</w:t>
+              <w:t>* Do cellulose là thành phần chính của bã mía, gỗ, tre, rơm, ... nên t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rong đời sống, giấy có thể được làm từ những nguyên liệu giàu cellulose trên.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A494436" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -4160,60 +4028,51 @@
           <w:p w14:paraId="669E8FA1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Cellulose là chất rắn, dạng sợi, màu </w:t>
-[...8 lines deleted...]
-              <w:t>trắng, không tan trong nước và các dung môi hữu cơ thông thường, là thành phần chính của thành tế bào thực vật.</w:t>
+              <w:t>- Cellulose là chất rắn, dạng sợi, màu trắng, không tan trong nước và các dung môi hữu cơ thông thường, là thành phần chính của thành tế bào thực vật.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="2CB09577" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48539A13" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -4350,61 +4209,51 @@
               </w:rPr>
               <w:t>, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55760BD4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t>Tổ chức thự</w:t>
-[...9 lines deleted...]
-              <w:t>c hiện</w:t>
+              <w:t>Tổ chức thực hiện</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="1F11522C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D62BAB8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4471,59 +4320,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giao nhiệm vụ học tập:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29E7A73B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– GV yêu cầu HS tìm hiểu, thu thập các dữ kiện được cung cấp trong SGK theo các nhóm, sau đó các nhóm làm việc độc lập, cá nhân để đưa ra nội dung câu trả lời cho câu Thảo luận 2, 3 </w:t>
-[...7 lines deleted...]
-              <w:t>trong SGK:</w:t>
+              <w:t>– GV yêu cầu HS tìm hiểu, thu thập các dữ kiện được cung cấp trong SGK theo các nhóm, sau đó các nhóm làm việc độc lập, cá nhân để đưa ra nội dung câu trả lời cho câu Thảo luận 2, 3 trong SGK:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3707517C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -4696,109 +4537,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Báo cáo, thảo luận:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4333144C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> GV sử dụng vòng quay </w:t>
+              <w:t xml:space="preserve">– GV sử dụng vòng quay </w:t>
             </w:r>
             <w:hyperlink r:id="rId15">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>wheelofnames.com/vi/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> để lựa chọn một vài HS đại diện trình bày câu trả lời. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="199E7970" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– HS thảo luận về câu trả lời của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để </w:t>
-[...7 lines deleted...]
-              <w:t>GV và các bạn trong lớp cùng giải đáp.</w:t>
+              <w:t>– HS thảo luận về câu trả lời của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để GV và các bạn trong lớp cùng giải đáp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA56F4A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết luận, nhận định:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38AB4D2A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
@@ -4840,52 +4665,52 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– GV nhận xét, đánh giá chung và rút ra kết luận.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FFE4C39" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkStart w:id="2" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amylopectin tạo bởi nhiều đơn vị α-glucose, nối với nhau bởi liên kết α-1,4-glycoside, tạo thành các đoạn mạch. Ngoài ra còn có thêm liên kết α-1,6-glycoside nối giữa các đoạn mạch là nguyên nhân dẫn đến amylopectin có mạch phân nhánh.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49BEF9A7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
@@ -5037,227 +4862,214 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Cellulose</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="009447B8" w14:paraId="102447F8" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="935" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="4DFE3B39" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Giống nhau</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3773" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="2D32C7B5" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Đều có cấu trúc không phân nhánh, chuỗi polymer cùng tạo bởi kiểu liên kết 1,4-glycoside giữa các đơn vị glucose.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="009447B8" w14:paraId="37E68CEC" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="935" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5AE9A712" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Khác nhau</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1646" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="50BB3D4C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>– Tạo bởi nhiều đơn vị α-glucose.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="3A2B6BB2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">– Các </w:t>
-[...7 lines deleted...]
-                    <w:t>đơn vị α-glucose nối với nhau bởi liên kết α-1,4-glycoside.</w:t>
+                    <w:t>– Các đơn vị α-glucose nối với nhau bởi liên kết α-1,4-glycoside.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2ECF5266" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>– Cấu trúc xoắn ốc.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2127" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6298D883" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>– Tạo bởi nhiều đơn vị β-glucose.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="1CB7020B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
@@ -5493,61 +5305,51 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>b) Amylopec</w:t>
-[...9 lines deleted...]
-              <w:t>tin:</w:t>
+              <w:t>b) Amylopectin:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> tạo bởi nhiều đơn vị α-glucose, nối với nhau qua liên kết α-1,4-glycoside, tạo thành các đoạn mạch. Do có thêm liên kết α-1,6-glycoside nối giữa các đoạn mạch nên amylopectin có mạch phân nhánh.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C7FB72E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5692,89 +5494,73 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mục tiêu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24EB868B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– Từ những thông</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> tin được cung cấp trong SGK, GV hướng dẫn HS trình bày được tính chất hoá học cơ bản của tinh bột và cellulose.</w:t>
+              <w:t>– Từ những thông tin được cung cấp trong SGK, GV hướng dẫn HS trình bày được tính chất hoá học cơ bản của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A95391E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– Thông qua việc hình thành kiến thức mới về tính chất hoá học cơ bản của tinh bột và cellulose, HS phát triển được các năng lực chung và năng </w:t>
-[...7 lines deleted...]
-              <w:t>lực đặc thù.</w:t>
+              <w:t>– Thông qua việc hình thành kiến thức mới về tính chất hoá học cơ bản của tinh bột và cellulose, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49BD1DB2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Tổ chức thực hiện</w:t>
             </w:r>
@@ -6004,61 +5790,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nhận xét và giải thích hiện tượng xảy ra trong Thí </w:t>
-[...9 lines deleted...]
-              <w:t>nghiệm 3.</w:t>
+              <w:t>Nhận xét và giải thích hiện tượng xảy ra trong Thí nghiệm 3.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FBB86CB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6105,60 +5881,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– Kết quả câu trả lời của HS được trình bày trong Phiếu học tập số 3. Qua đó hình thành được kiến thức về tính chất hoá học cơ bản của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2173977E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thực hiện </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">nhiệm vụ: </w:t>
+              <w:t xml:space="preserve">Thực hiện nhiệm vụ: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A878501" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6187,59 +5954,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– HS thảo luận và đưa ra câu trả lời theo mẫu trong Phiếu học tập số 3.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49FB82D6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– GV theo dõi, đôn đốc nhắc nhở HS tích cực</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> tham gia vào hoạt động trong nhóm để đưa ra câu trả lời.</w:t>
+              <w:t>– GV theo dõi, đôn đốc nhắc nhở HS tích cực tham gia vào hoạt động trong nhóm để đưa ra câu trả lời.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50D7352A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Báo cáo, thảo luận:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B1F7BE6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
@@ -6279,59 +6038,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> để lựa chọn một vài HS đại diện trình bày câu trả lời. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31E1191F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– HS thảo luận về câu </w:t>
-[...7 lines deleted...]
-              <w:t>trả lời của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để GV và các bạn trong lớp cùng giải đáp.</w:t>
+              <w:t>– HS thảo luận về câu trả lời của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để GV và các bạn trong lớp cùng giải đáp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="238D89C3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết luận, nhận định:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07EACCF8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
@@ -6577,51 +6328,51 @@
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:object w:dxaOrig="1014" w:dyaOrig="322" w14:anchorId="34B3EA24">
                 <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:50.4pt;height:16.2pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1818938658" r:id="rId18"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1826102540" r:id="rId18"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> nC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
@@ -6697,93 +6448,84 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OH(CHOH)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHO + </w:t>
-[...8 lines deleted...]
-              <w:t>2Cu(OH)</w:t>
+              <w:t>CHO + 2Cu(OH)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> + NaOH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:object w:dxaOrig="692" w:dyaOrig="426" w14:anchorId="752A2F3B">
                 <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:34.2pt;height:21.6pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1818938659" r:id="rId20"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1826102541" r:id="rId20"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
@@ -6804,51 +6546,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>COONa + Cu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:tag w:val="goog_rdk_0"/>
                 <w:id w:val="1054050075"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Cardo"/>
                     <w:i/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>O↓ + 3H</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6893,94 +6634,76 @@
               </w:rPr>
               <w:t>Nhận xét và giải thích hiện tượng xảy ra trong Thí nghiệm 3:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4003D89F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– Cho vào ống nghiệm 2 mL hồ tinh bột. Nhỏ tiếp vài giọt dung dịch iodine vào ống nghiệm, lắc đều, hồ tinh bột từ </w:t>
-[...8 lines deleted...]
-              <w:t>không màu nhanh chóng hoá xanh tím.</w:t>
+              <w:t>– Cho vào ống nghiệm 2 mL hồ tinh bột. Nhỏ tiếp vài giọt dung dịch iodine vào ống nghiệm, lắc đều, hồ tinh bột từ không màu nhanh chóng hoá xanh tím.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E9A2586" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– Cấu trúc vòng xoắn của amylose là cơ sở cho phản ứng xảy ra. Phần bên trong của chuỗi xoắn có kích thước và độ phân cực phù hợp để tiếp nhận phân tử iodine. Khi phân tử iodine trượt vào vòng xoắn sẽ tạo ra phức tinh bộ</w:t>
-[...8 lines deleted...]
-              <w:t>t-iodine có màu xanh tím.</w:t>
+              <w:t>– Cấu trúc vòng xoắn của amylose là cơ sở cho phản ứng xảy ra. Phần bên trong của chuỗi xoắn có kích thước và độ phân cực phù hợp để tiếp nhận phân tử iodine. Khi phân tử iodine trượt vào vòng xoắn sẽ tạo ra phức tinh bột-iodine có màu xanh tím.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A9E76C0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7004,60 +6727,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lấy một ít bông gòn cho vào cốc chứa nước Schweizer vừa thu được ở trên. Dùng đũa thuỷ tinh nhấn chìm lớp bông và khuấy đều, bông gòn tan trong nước Schweizer, tạo dung dịch có độ nhớt, màu xanh thẫm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C3E5AFA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2. TÍNH CHẤT HOÁ HỌC CƠ B</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ẢN CỦA TINH BỘT VÀ CELLULOSE </w:t>
+              <w:t xml:space="preserve">2. TÍNH CHẤT HOÁ HỌC CƠ BẢN CỦA TINH BỘT VÀ CELLULOSE </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F34D747" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. phản ứng thuỷ phân</w:t>
             </w:r>
@@ -7183,51 +6897,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">O  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:object w:dxaOrig="1383" w:dyaOrig="379" w14:anchorId="6E62E790">
                 <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:69pt;height:19.2pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1818938660" r:id="rId22"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1826102542" r:id="rId22"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> nC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7257,59 +6971,51 @@
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03FBEB81" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tinh bột cũng bị thuỷ phân nhờ các enzyme trong quá </w:t>
-[...7 lines deleted...]
-              <w:t>trình tiêu hoá thành dextrin (C</w:t>
+              <w:t>Tinh bột cũng bị thuỷ phân nhờ các enzyme trong quá trình tiêu hoá thành dextrin (C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -7386,60 +7092,51 @@
               </w:rPr>
               <w:t>Tinh bột tác dụng với iodine tạo hợp chất có màu xanh tím. Đây là phản ứng đặc trưng để nhận biết tinh bột.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78080164" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. phản ứng của cellulose với </w:t>
-[...8 lines deleted...]
-              <w:t>nitric acid</w:t>
+              <w:t>3. phản ứng của cellulose với nitric acid</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="662A51A9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cellulose tác dụng với hỗn hợp nitric acid đặc và sulfuric acid đặc thường tạo thành cellulose dinitrate và cellulose trinitrate.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="008BB5D0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
@@ -7490,60 +7187,51 @@
             <w:tcW w:w="9770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="168D74E5" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Hoạt động 4: Sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> bột trong cây xanh, ứng dụng của tinh bột và cellulose</w:t>
+              <w:t>Hoạt động 4: Sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BCA319F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -7573,59 +7261,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– Từ những thông tin được cung cấp trong SGK, GV hướng dẫn HS trình bày được sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40082808" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">– </w:t>
-[...7 lines deleted...]
-              <w:t>Thông qua việc hình thành kiến thức mới về sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
+              <w:t>– Thông qua việc hình thành kiến thức mới về sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose, HS phát triển được các năng lực chung và năng lực đặc thù.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13F49F3D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -7825,90 +7505,73 @@
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">* Lên men tinh bột, cellulose thu được ethanol, được sử dụng làm cồn sinh học, một loại nhiên </w:t>
-[...8 lines deleted...]
-              <w:t>liệu sạch. Tính khối lượng ethanol thu được khi lên men 10 tấn mùn cưa (chứa 40% cellulose). Cho hiệu suất toàn bộ quá trình đạt 81%.</w:t>
+              <w:t>* Lên men tinh bột, cellulose thu được ethanol, được sử dụng làm cồn sinh học, một loại nhiên liệu sạch. Tính khối lượng ethanol thu được khi lên men 10 tấn mùn cưa (chứa 40% cellulose). Cho hiệu suất toàn bộ quá trình đạt 81%.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FA526E8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– Kết quả câu trả lời của HS được trình bày trong Phiếu học tập số 4. Qua đó hình thành được kiến thức về sự chuyển hoá ti</w:t>
-[...7 lines deleted...]
-              <w:t>nh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose.</w:t>
+              <w:t>– Kết quả câu trả lời của HS được trình bày trong Phiếu học tập số 4. Qua đó hình thành được kiến thức về sự chuyển hoá tinh bột trong cơ thể, sự tạo thành tinh bột trong cây xanh, ứng dụng của tinh bột và cellulose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DD28944" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Thực hiện nhiệm vụ: </w:t>
             </w:r>
@@ -7932,59 +7595,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– HS chủ động, suy nghĩ, thu thập thông tin trong SGK độc lập để đưa ra nội dung câu trả lời theo gợi ý của GV. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50FE3BC1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>– HS thảo luận và đưa ra câ</w:t>
-[...7 lines deleted...]
-              <w:t>u trả lời theo mẫu trong Phiếu học tập số 4.</w:t>
+              <w:t>– HS thảo luận và đưa ra câu trả lời theo mẫu trong Phiếu học tập số 4.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44474EF4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– GV theo dõi, đôn đốc nhắc nhở HS tích cực tham gia vào hoạt động trong nhóm để đưa ra câu trả lời.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EACB96F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
@@ -8026,59 +7681,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– GV lựa chọn một vài HS đại diện trình bày câu trả lời. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A7C9AB9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">– HS thảo luận về câu trả lời </w:t>
-[...7 lines deleted...]
-              <w:t>của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để GV và các bạn trong lớp cùng giải đáp.</w:t>
+              <w:t>– HS thảo luận về câu trả lời của các bạn, bổ sung thêm các ý còn thiếu, đưa ra các câu hỏi còn băn khoăn để GV và các bạn trong lớp cùng giải đáp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7948A2F0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết luận, nhận định:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="729FDB6D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
@@ -8164,60 +7811,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Kh</w:t>
-[...8 lines deleted...]
-              <w:t>i nhai kĩ cơm, bánh mì hoặc vài hạt gạo sống, amylase là enzyme có trong nước bọt đóng vai trò xúc tác cho phản ứng thuỷ phân tinh bột thành dextrin, sau đó thành maltose, do đó ta cảm thấy có vị ngọt.</w:t>
+              <w:t xml:space="preserve"> Khi nhai kĩ cơm, bánh mì hoặc vài hạt gạo sống, amylase là enzyme có trong nước bọt đóng vai trò xúc tác cho phản ứng thuỷ phân tinh bột thành dextrin, sau đó thành maltose, do đó ta cảm thấy có vị ngọt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A53D2C0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -8398,51 +8036,51 @@
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">O </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:object w:dxaOrig="985" w:dyaOrig="303" w14:anchorId="635A6656">
                 <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:49.2pt;height:15pt" o:ole="">
                   <v:imagedata r:id="rId23" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1818938661" r:id="rId24"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1826102543" r:id="rId24"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    nC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8666,51 +8304,50 @@
     </w:tbl>
     <w:p w14:paraId="142E8D07" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3. Hoạt động 3: Luyện tập</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E500BC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -8776,59 +8413,51 @@
         <w:t>b. Nội dung:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hoàn thành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ác câu hỏi/bài tập </w:t>
-[...7 lines deleted...]
-        <w:t>trong phiếu học tập bằng cá nhân, thảo luận nhóm.</w:t>
+        <w:t>ác câu hỏi/bài tập trong phiếu học tập bằng cá nhân, thảo luận nhóm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44054595" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -8932,60 +8561,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Câu 1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tinh bột thuộc loại polysaccharide, có nhiều trong các loạ</w:t>
-[...8 lines deleted...]
-        <w:t>i ngũ cốc như hạt lúa, hạt ngô, củ khoai, củ sắn, …. Công thức của tinh bột là</w:t>
+        <w:t>Tinh bột thuộc loại polysaccharide, có nhiều trong các loại ngũ cốc như hạt lúa, hạt ngô, củ khoai, củ sắn, …. Công thức của tinh bột là</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E8C4FD" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -9354,60 +8974,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Câu 2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cellulose thuộc loại polysaccharide, là thành phần chính tạo nên màng tế bào thực vật, có nhiều trong gỗ, bông </w:t>
-[...8 lines deleted...]
-        <w:t>gòn. Công thức của cellulose là</w:t>
+        <w:t>Cellulose thuộc loại polysaccharide, là thành phần chính tạo nên màng tế bào thực vật, có nhiều trong gỗ, bông gòn. Công thức của cellulose là</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CEF0CE0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -10501,60 +10112,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Câu 5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Polymer thiên nhiên X được sinh ra trong quá trình quang hợp của cây xanh. Ở nhiệt độ thường, X tạo với dung dị</w:t>
-[...8 lines deleted...]
-        <w:t>ch iodine hợp chất có màu xanh tím. Polymer X là</w:t>
+        <w:t>Polymer thiên nhiên X được sinh ra trong quá trình quang hợp của cây xanh. Ở nhiệt độ thường, X tạo với dung dịch iodine hợp chất có màu xanh tím. Polymer X là</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE3D78F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -10834,60 +10436,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Câu 8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thủy phân hoàn </w:t>
-[...8 lines deleted...]
-        <w:t>toàn tinh bột trong môi trường acid, thu được chất nào sau đây?</w:t>
+        <w:t>Thủy phân hoàn toàn tinh bột trong môi trường acid, thu được chất nào sau đây?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318DDD1B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -10991,59 +10584,51 @@
     <w:p w14:paraId="2A681181" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Câu 9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cho một số tính chất: có dạng sợi (1); tan trong nước (2); dùng để sản xuất tơ nhân tạo (3); phản ứng với nitric acid đặc (xú</w:t>
-[...7 lines deleted...]
-        <w:t>c tác sulfuric acid đặc) (4); tham gia phản ứng tráng bạc (5); bị thuỷ phân trong dung dịch acid đun nóng (6). Các tính chất của cellulose là:</w:t>
+        <w:t>Cho một số tính chất: có dạng sợi (1); tan trong nước (2); dùng để sản xuất tơ nhân tạo (3); phản ứng với nitric acid đặc (xúc tác sulfuric acid đặc) (4); tham gia phản ứng tráng bạc (5); bị thuỷ phân trong dung dịch acid đun nóng (6). Các tính chất của cellulose là:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75743A48" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11288,59 +10873,51 @@
     <w:p w14:paraId="79816213" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Câu 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Từ 16,20 tấn cellulose người ta sản xuất được m tấn cellulose trinitrate (biết hiệu suất phản ứng tính theo ce</w:t>
-[...7 lines deleted...]
-        <w:t>llulose là 90%). Giá trị của m là</w:t>
+        <w:t xml:space="preserve"> Từ 16,20 tấn cellulose người ta sản xuất được m tấn cellulose trinitrate (biết hiệu suất phản ứng tính theo cellulose là 90%). Giá trị của m là</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739C7A5F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11613,60 +11190,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2438C2F3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>* Tinh bột trong gạo tẻ cũng như trong gạo nếp đều gồm amylose và amylopecti</w:t>
-[...8 lines deleted...]
-        <w:t>n. Tuy nhiên, hàm lượng 2 loại này khác nhau ở từng loại gạo. Trong gạo tẻ, amylose chiếm khoảng 80%, amylopectin chiếm khoảng 20%, còn trong gạo nếp, amylose chỉ chiếm không quá 10%, còn lại amylopectin chiếm từ 90% trở lên.</w:t>
+        <w:t>* Tinh bột trong gạo tẻ cũng như trong gạo nếp đều gồm amylose và amylopectin. Tuy nhiên, hàm lượng 2 loại này khác nhau ở từng loại gạo. Trong gạo tẻ, amylose chiếm khoảng 80%, amylopectin chiếm khoảng 20%, còn trong gạo nếp, amylose chỉ chiếm không quá 10%, còn lại amylopectin chiếm từ 90% trở lên.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309BB7E6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60EAC14D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:pBdr>
@@ -11698,120 +11266,101 @@
     </w:p>
     <w:p w14:paraId="2906A381" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Giao n</w:t>
-[...9 lines deleted...]
-        <w:t>hiệm vụ học tập</w:t>
+        <w:t>Giao nhiệm vụ học tập</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBB615A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>GV áp dụng phương pháp chuyên gia, cử một nhóm từ 3 đến 5 HS là chuyên gia hoá học, các thành viên trong lớp sẽ đóng vai người thắc mắc. Cả lớp sẽ đưa ra câu hỏi là bài tập vận dụng trong SGK và nhóm chuyên gia sẽ trả lời câu Vận dụng:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7592C38F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">* </w:t>
-[...8 lines deleted...]
-        <w:t>Hãy tìm hiểu và cho biết tinh bột trong gạo tẻ hay gạo nếp chứa lượng amylopectin nhiều hơn.</w:t>
+        <w:t>* Hãy tìm hiểu và cho biết tinh bột trong gạo tẻ hay gạo nếp chứa lượng amylopectin nhiều hơn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A654D8C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11850,59 +11399,51 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">– HS nhóm đóng vai người thắc mắc sẽ đặt câu hỏi, HS nhóm chuyên gia sẽ thảo luận theo và đưa ra câu trả lời. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4FD71E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>– HS nhóm HS có quyền</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> phản biện câu trả lời của nhóm chuyên gia.</w:t>
+        <w:t>– HS nhóm HS có quyền phản biện câu trả lời của nhóm chuyên gia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFC8DF7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>– GV theo dõi, đôn đốc nhắc nhở HS tích cực tham gia vào hoạt động nhóm.</w:t>
       </w:r>
     </w:p>
@@ -11968,128 +11509,111 @@
     </w:p>
     <w:p w14:paraId="18EA3727" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Đánh giá kết quả thực hiện nhiệm vụ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C529A59" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>– HS nhóm người thắc mắc nhận xét đánh giá câu trả lời của nhóm chuyên gia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F8379A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>– GV nhận xét, đánh giá chung và mở rộng thêm về sự khác biệt giữa xôi và cơm để HS hình dung được thành phần tinh bột trong gạo nếp và gạo t</w:t>
-[...7 lines deleted...]
-        <w:t>ẻ.</w:t>
+        <w:t>– GV nhận xét, đánh giá chung và mở rộng thêm về sự khác biệt giữa xôi và cơm để HS hình dung được thành phần tinh bột trong gạo nếp và gạo tẻ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4879DEBE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="06630A06" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20844A58" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E24D45C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
@@ -12324,79 +11848,65 @@
                                     </a:solidFill>
                                     <a:ln w="12700" cap="flat" cmpd="sng">
                                       <a:solidFill>
                                         <a:srgbClr val="0A131D"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:miter lim="800000"/>
                                       <a:headEnd type="none" w="sm" len="sm"/>
                                       <a:tailEnd type="none" w="sm" len="sm"/>
                                     </a:ln>
                                   </wps:spPr>
                                   <wps:txbx>
                                     <w:txbxContent>
                                       <w:p w14:paraId="4D3B7ECB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                                         <w:pPr>
                                           <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                           <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                           <w:jc w:val="center"/>
                                           <w:textDirection w:val="btLr"/>
                                         </w:pPr>
                                         <w:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                             <w:color w:val="000000"/>
                                           </w:rPr>
-                                          <w:t>Đi</w:t>
-[...13 lines deleted...]
-                                          <w:t>m</w:t>
+                                          <w:t>Điểm</w:t>
                                         </w:r>
                                       </w:p>
                                     </w:txbxContent>
                                   </wps:txbx>
                                   <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                                     <a:noAutofit/>
                                   </wps:bodyPr>
                                 </wps:wsp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
-                      <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
+                      <mc:Fallback>
                         <w:pict>
                           <v:oval w14:anchorId="1E14E828" id="Oval 1311369448" o:spid="_x0000_s1026" style="width:65.5pt;height:66.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlelniJgIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yRNW9qo6Wq1pQhp&#10;BSstfMDUcRpLvmG7Tfr3jJ2y7QISEiIPztienDkzcybru0FJcuLOC6NrWkxySrhmphH6UNNvX3fv&#10;lpT4ALoBaTSv6Zl7erd5+2bd24pPTWdkwx1BEO2r3ta0C8FWWeZZxxX4ibFc42VrnIKAW3fIGgc9&#10;oiuZTfN8kfXGNdYZxr3H0+14STcJv205C1/a1vNAZE2RW0irS+s+rtlmDdXBge0Eu9CAf2ChQGgM&#10;+gK1hQDk6MRvUEowZ7xpw4QZlZm2FYynHDCbIv8lm+cOLE+5YHG8fSmT/3+w7PPp2T45LENvfeXR&#10;jFkMrVPxjfzIUNPZqlzMpnNKzjUty0UxL+dj4fgQCEOHZbEq5lhehg7LcrEqU2GzK5B1PnzkRpFo&#10;1JRLKayPqUEFp0cfMD56//SKx95I0eyElGnjDvsH6cgJsI279EQC+MkrN6lJjyKcvs8jF0A5tRIC&#10;mso2NfX6kAK++sTfIuf3RVls/4QcmW3BdyODhDBWQImA+pVCYeJ5fMbjjkPzQTcknC2KXqP0aaTm&#10;FSWS46CgkZQXQMi/+2GeUmO61xZFKwz74dK3vWnOT454y3YCmT6CD0/gUMgFhkVxY8DvR3BIQn7S&#10;qJ5VkdoZ0mY2T/Vytzf72xvQrDM4Myw4SsbNQ0gzFHujzf0xmFakHkZeI5kLXZRt6tNlxOJc3O6T&#10;1/VHsPkBAAD//wMAUEsDBBQABgAIAAAAIQD7gh+P3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAEIXvgv9hGcGb3dQWKTGbIkIFexCtvXjbZqdJNDsbs9Mm9dc76UUvwzze8OZ72XLwjTpi&#10;F+tABqaTBBRSEVxNpYHt++pmASqyJWebQGjghBGW+eVFZlMXenrD44ZLJSEUU2ugYm5TrWNRobdx&#10;Elok8fah85ZFdqV2ne0l3Df6NknutLc1yYfKtvhYYfG1OXgD63o+59V6H/rvbfkxPL38vJ6eP425&#10;vhoe7kExDvx3DCO+oEMuTLtwIBdVY0CK8HmO3mwqcjcuswXoPNP/6fNfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACV6WeImAgAAUAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPuCH4/cAAAABQEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" strokecolor="#0a131d" strokeweight="1pt">
                             <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
                             <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                               <w:txbxContent>
                                 <w:p w14:paraId="4D3B7ECB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                     <w:jc w:val="center"/>
                                     <w:textDirection w:val="btLr"/>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                       <w:color w:val="000000"/>
                                     </w:rPr>
                                     <w:t>Điểm</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </v:textbox>
                             <w10:anchorlock/>
                           </v:oval>
                         </w:pict>
@@ -12811,60 +12321,51 @@
                 <w:tcPr>
                   <w:tcW w:w="1844" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
                 <w:p w14:paraId="6BD78A61" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                     </w:tabs>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Tìm hiểu công thức cấu tạo</w:t>
-[...8 lines deleted...]
-                    <w:t xml:space="preserve"> của tinh bột và cellulose</w:t>
+                    <w:t>Tìm hiểu công thức cấu tạo của tinh bột và cellulose</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="46E4AE96" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                     </w:tabs>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t xml:space="preserve"> </w:t>
@@ -12902,79 +12403,65 @@
                                     </a:solidFill>
                                     <a:ln w="12700" cap="flat" cmpd="sng">
                                       <a:solidFill>
                                         <a:srgbClr val="0A131D"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:miter lim="800000"/>
                                       <a:headEnd type="none" w="sm" len="sm"/>
                                       <a:tailEnd type="none" w="sm" len="sm"/>
                                     </a:ln>
                                   </wps:spPr>
                                   <wps:txbx>
                                     <w:txbxContent>
                                       <w:p w14:paraId="7A14314C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                                         <w:pPr>
                                           <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                           <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                           <w:jc w:val="center"/>
                                           <w:textDirection w:val="btLr"/>
                                         </w:pPr>
                                         <w:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                             <w:color w:val="000000"/>
                                           </w:rPr>
-                                          <w:t>Đi</w:t>
-[...13 lines deleted...]
-                                          <w:t>m</w:t>
+                                          <w:t>Điểm</w:t>
                                         </w:r>
                                       </w:p>
                                     </w:txbxContent>
                                   </wps:txbx>
                                   <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                                     <a:noAutofit/>
                                   </wps:bodyPr>
                                 </wps:wsp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
-                      <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
+                      <mc:Fallback>
                         <w:pict>
                           <v:oval w14:anchorId="5E79FEF0" id="Oval 1311369447" o:spid="_x0000_s1027" style="width:65.5pt;height:66.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2zoiWKQIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yRNW9qo6Wq1pQhp&#10;BSstfMDUcRpLvmG7Tfr3jJ2y7QISEiIPztienDlnLlnfDUqSE3deGF3TYpJTwjUzjdCHmn77unu3&#10;pMQH0A1Io3lNz9zTu83bN+veVnxqOiMb7giCaF/1tqZdCLbKMs86rsBPjOUaL1vjFATcukPWOOgR&#10;XclsmueLrDeusc4w7j2ebsdLukn4bctZ+NK2ngcia4rcQlpdWvdxzTZrqA4ObCfYhQb8AwsFQmPQ&#10;F6gtBCBHJ36DUoI5400bJsyozLStYDxpQDVF/oua5w4sT1owOd6+pMn/P1j2+fRsnxymobe+8mhG&#10;FUPrVHwjPzLUdLYqF7PpnJJzTctyUczL+Zg4PgTC0GFZrIo5ppehw7JcrMqU2OwKZJ0PH7lRJBo1&#10;5VIK66M0qOD06APGR++fXvHYGymanZAybdxh/yAdOQGWcZeeSAA/eeUmNemxCafv88gFsJ1aCQFN&#10;ZZuaen1IAV994m+R8/uiLLZ/Qo7MtuC7kUFCGDOgRMD+lUKh8Dw+43HHofmgGxLOFpteY+vTSM0r&#10;SiTHQUEjdV4AIf/uhzqlRrnXEkUrDPuBCBRWRKx4sjfN+ckRb9lOIOFH8OEJHPZzgdGxxzHu9yM4&#10;5CI/aWyiVZGqGtJmNk9pc7c3+9sb0KwzODosOErGzUNIoxRLpM39MZhWpFJeyVxYY/emcl0mLY7H&#10;7T55Xf8Hmx8AAAD//wMAUEsDBBQABgAIAAAAIQD7gh+P3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hGcGb3dQWKTGbIkIFexCtvXjbZqdJNDsbs9Mm9dc76UUvwzze8OZ72XLw&#10;jTpiF+tABqaTBBRSEVxNpYHt++pmASqyJWebQGjghBGW+eVFZlMXenrD44ZLJSEUU2ugYm5TrWNR&#10;obdxElok8fah85ZFdqV2ne0l3Df6NknutLc1yYfKtvhYYfG1OXgD63o+59V6H/rvbfkxPL38vJ6e&#10;P425vhoe7kExDvx3DCO+oEMuTLtwIBdVY0CK8HmO3mwqcjcuswXoPNP/6fNfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbOiJYpAgAAVwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuCH4/cAAAABQEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokecolor="#0a131d" strokeweight="1pt">
                             <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
                             <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                               <w:txbxContent>
                                 <w:p w14:paraId="7A14314C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                     <w:jc w:val="center"/>
                                     <w:textDirection w:val="btLr"/>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                       <w:color w:val="000000"/>
                                     </w:rPr>
                                     <w:t>Điểm</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </v:textbox>
                             <w10:anchorlock/>
                           </v:oval>
                         </w:pict>
@@ -13337,59 +12824,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PHIẾU HỌC TẬP SỐ 3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="695D6149" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nhóm: </w:t>
-[...7 lines deleted...]
-              <w:t>...............................................................</w:t>
+              <w:t>Nhóm: ...............................................................</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a7"/>
               <w:tblW w:w="9544" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1844"/>
               <w:gridCol w:w="7700"/>
             </w:tblGrid>
             <w:tr w:rsidR="009447B8" w14:paraId="3B96A83D" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="340"/>
               </w:trPr>
@@ -13454,79 +12933,65 @@
                                     </a:solidFill>
                                     <a:ln w="12700" cap="flat" cmpd="sng">
                                       <a:solidFill>
                                         <a:srgbClr val="0A131D"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:miter lim="800000"/>
                                       <a:headEnd type="none" w="sm" len="sm"/>
                                       <a:tailEnd type="none" w="sm" len="sm"/>
                                     </a:ln>
                                   </wps:spPr>
                                   <wps:txbx>
                                     <w:txbxContent>
                                       <w:p w14:paraId="5FED0DE6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                                         <w:pPr>
                                           <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                           <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                           <w:jc w:val="center"/>
                                           <w:textDirection w:val="btLr"/>
                                         </w:pPr>
                                         <w:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                             <w:color w:val="000000"/>
                                           </w:rPr>
-                                          <w:t>Đi</w:t>
-[...13 lines deleted...]
-                                          <w:t>m</w:t>
+                                          <w:t>Điểm</w:t>
                                         </w:r>
                                       </w:p>
                                     </w:txbxContent>
                                   </wps:txbx>
                                   <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                                     <a:noAutofit/>
                                   </wps:bodyPr>
                                 </wps:wsp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
-                      <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
+                      <mc:Fallback>
                         <w:pict>
                           <v:oval w14:anchorId="7DE9F902" id="Oval 1311369450" o:spid="_x0000_s1028" style="width:65.5pt;height:66.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvdn3dKQIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yRNW9qo6Wq1pQhp&#10;BSstfIDrOI0l3/C4Tfr3jJ2y7QISEiIPztienDlnLlnfDVqRk/AgralpMckpEYbbRppDTb993b1b&#10;UgKBmYYpa0RNzwLo3ebtm3XvKjG1nVWN8ARBDFS9q2kXgquyDHgnNIOJdcLgZWu9ZgG3/pA1nvWI&#10;rlU2zfNF1lvfOG+5AMDT7XhJNwm/bQUPX9oWRCCqpsgtpNWndR/XbLNm1cEz10l+ocH+gYVm0mDQ&#10;F6gtC4wcvfwNSkvuLdg2TLjVmW1byUXSgGqK/Bc1zx1zImnB5IB7SRP8P1j++fTsnjymoXdQAZpR&#10;xdB6Hd/Ijww1na3KxWw6p+Rc07JcFPNyPiZODIFwdFgWq2KO6eXosCwXqzIlNrsCOQ/ho7CaRKOm&#10;QinpIEpjFTs9QsD46P3TKx6DVbLZSaXSxh/2D8qTE8My7tITCeAnr9yUIT024fR9HrkwbKdWsYCm&#10;dk1NwRxSwFefwC1yfl+UxfZPyJHZlkE3MkgIYwa0DNi/SmoUnsdnPO4Eaz6YhoSzw6Y32Po0UgNN&#10;iRI4KGikzgtMqr/7oU5lUO61RNEKw34gEoVNI1Y82dvm/OQJOL6TSPiRQXhiHvu5wOjY4xj3+5F5&#10;5KI+GWyiVZGqGtJmNk9p87c3+9sbZnhncXR48JSMm4eQRimWyNj7Y7CtTKW8krmwxu5N5bpMWhyP&#10;233yuv4PNj8AAAD//wMAUEsDBBQABgAIAAAAIQD7gh+P3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hGcGb3dQWKTGbIkIFexCtvXjbZqdJNDsbs9Mm9dc76UUvwzze8OZ72XLw&#10;jTpiF+tABqaTBBRSEVxNpYHt++pmASqyJWebQGjghBGW+eVFZlMXenrD44ZLJSEUU2ugYm5TrWNR&#10;obdxElok8fah85ZFdqV2ne0l3Df6NknutLc1yYfKtvhYYfG1OXgD63o+59V6H/rvbfkxPL38vJ6e&#10;P425vhoe7kExDvx3DCO+oEMuTLtwIBdVY0CK8HmO3mwqcjcuswXoPNP/6fNfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAC92fd0pAgAAVwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuCH4/cAAAABQEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokecolor="#0a131d" strokeweight="1pt">
                             <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
                             <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                               <w:txbxContent>
                                 <w:p w14:paraId="5FED0DE6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                     <w:jc w:val="center"/>
                                     <w:textDirection w:val="btLr"/>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                       <w:color w:val="000000"/>
                                     </w:rPr>
                                     <w:t>Điểm</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </v:textbox>
                             <w10:anchorlock/>
                           </v:oval>
                         </w:pict>
@@ -14047,59 +13512,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PHIẾU HỌC TẬP SỐ 4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CEAE45C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nhóm: </w:t>
-[...7 lines deleted...]
-              <w:t>...............................................................</w:t>
+              <w:t>Nhóm: ...............................................................</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a9"/>
               <w:tblW w:w="9544" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1844"/>
               <w:gridCol w:w="7700"/>
             </w:tblGrid>
             <w:tr w:rsidR="009447B8" w14:paraId="7F15F6DD" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="1521"/>
               </w:trPr>
@@ -14164,79 +13621,65 @@
                                     </a:solidFill>
                                     <a:ln w="12700" cap="flat" cmpd="sng">
                                       <a:solidFill>
                                         <a:srgbClr val="0A131D"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:miter lim="800000"/>
                                       <a:headEnd type="none" w="sm" len="sm"/>
                                       <a:tailEnd type="none" w="sm" len="sm"/>
                                     </a:ln>
                                   </wps:spPr>
                                   <wps:txbx>
                                     <w:txbxContent>
                                       <w:p w14:paraId="096F0655" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                                         <w:pPr>
                                           <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                           <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                           <w:jc w:val="center"/>
                                           <w:textDirection w:val="btLr"/>
                                         </w:pPr>
                                         <w:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                             <w:color w:val="000000"/>
                                           </w:rPr>
-                                          <w:t>Đi</w:t>
-[...13 lines deleted...]
-                                          <w:t>m</w:t>
+                                          <w:t>Điểm</w:t>
                                         </w:r>
                                       </w:p>
                                     </w:txbxContent>
                                   </wps:txbx>
                                   <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                                     <a:noAutofit/>
                                   </wps:bodyPr>
                                 </wps:wsp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
-                      <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
+                      <mc:Fallback>
                         <w:pict>
                           <v:oval w14:anchorId="4A382960" id="Oval 1311369449" o:spid="_x0000_s1029" style="width:65.5pt;height:66.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn4/5SKQIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yRNW9qo6Wq1pQhp&#10;BSstfMDUcRpLvmG7Tfr3jJ2y7QISEiIPztienDlnLlnfDUqSE3deGF3TYpJTwjUzjdCHmn77unu3&#10;pMQH0A1Io3lNz9zTu83bN+veVnxqOiMb7giCaF/1tqZdCLbKMs86rsBPjOUaL1vjFATcukPWOOgR&#10;XclsmueLrDeusc4w7j2ebsdLukn4bctZ+NK2ngcia4rcQlpdWvdxzTZrqA4ObCfYhQb8AwsFQmPQ&#10;F6gtBCBHJ36DUoI5400bJsyozLStYDxpQDVF/oua5w4sT1owOd6+pMn/P1j2+fRsnxymobe+8mhG&#10;FUPrVHwjPzLUdLYqF7PpnJJzTctyUczL+Zg4PgTC0GFZrIo5ppehw7JcrMqU2OwKZJ0PH7lRJBo1&#10;5VIK66M0qOD06APGR++fXvHYGymanZAybdxh/yAdOQGWcZeeSAA/eeUmNemxCafv88gFsJ1aCQFN&#10;ZZuaen1IAV994m+R8/uiLLZ/Qo7MtuC7kUFCGDOgRMD+lUKh8Dw+43HHofmgGxLOFpteY+vTSM0r&#10;SiTHQUEjdV4AIf/uhzqlRrnXEkUrDPuBCBRWRqx4sjfN+ckRb9lOIOFH8OEJHPZzgdGxxzHu9yM4&#10;5CI/aWyiVZGqGtJmNk9pc7c3+9sb0KwzODosOErGzUNIoxRLpM39MZhWpFJeyVxYY/emcl0mLY7H&#10;7T55Xf8Hmx8AAAD//wMAUEsDBBQABgAIAAAAIQD7gh+P3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hGcGb3dQWKTGbIkIFexCtvXjbZqdJNDsbs9Mm9dc76UUvwzze8OZ72XLw&#10;jTpiF+tABqaTBBRSEVxNpYHt++pmASqyJWebQGjghBGW+eVFZlMXenrD44ZLJSEUU2ugYm5TrWNR&#10;obdxElok8fah85ZFdqV2ne0l3Df6NknutLc1yYfKtvhYYfG1OXgD63o+59V6H/rvbfkxPL38vJ6e&#10;P425vhoe7kExDvx3DCO+oEMuTLtwIBdVY0CK8HmO3mwqcjcuswXoPNP/6fNfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKfj/lIpAgAAVwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuCH4/cAAAABQEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokecolor="#0a131d" strokeweight="1pt">
                             <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
                             <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                               <w:txbxContent>
                                 <w:p w14:paraId="096F0655" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="-141" w:right="-261" w:hanging="141"/>
                                     <w:jc w:val="center"/>
                                     <w:textDirection w:val="btLr"/>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                       <w:color w:val="000000"/>
                                     </w:rPr>
                                     <w:t>Điểm</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </v:textbox>
                             <w10:anchorlock/>
                           </v:oval>
                         </w:pict>
@@ -14417,59 +13860,51 @@
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7700" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5978F874" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="6471"/>
                     </w:tabs>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">* </w:t>
-[...7 lines deleted...]
-                    <w:t>Lên men tinh bột, cellulose thu được ethanol, được sử dụng làm cồn sinh học, một loại nhiên liệu sạch. Tính khối lượng ethanol thu được khi lên men 10 tấn mùn cưa (chứa 40% cellulose). Cho hiệu suất toàn bộ quá trình đạt 81%.</w:t>
+                    <w:t>* Lên men tinh bột, cellulose thu được ethanol, được sử dụng làm cồn sinh học, một loại nhiên liệu sạch. Tính khối lượng ethanol thu được khi lên men 10 tấn mùn cưa (chứa 40% cellulose). Cho hiệu suất toàn bộ quá trình đạt 81%.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="10E05A5A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="6848"/>
                     </w:tabs>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:i/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Trả lời:</w:t>
                   </w:r>
                   <w:r>
@@ -14565,60 +14000,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="151DD7A2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">HƯỚNG DẪN </w:t>
-[...8 lines deleted...]
-        <w:t>ĐÁNH GIÁ THƯỜNG XUYÊN</w:t>
+        <w:t>HƯỚNG DẪN ĐÁNH GIÁ THƯỜNG XUYÊN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E6151B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Đánh giá năng lực làm việc nhóm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C46992" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
@@ -14658,92 +14084,90 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="670"/>
         <w:gridCol w:w="4602"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1383"/>
       </w:tblGrid>
       <w:tr w:rsidR="009447B8" w14:paraId="19AC55C9" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9065" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F131227" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Họ tên HS: ………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="46BDB524" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0363BDFD" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -14915,51 +14339,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nhóm đánh giá</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="2C3BD7E0" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76DB12F2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15070,51 +14493,50 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="7072800E" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED57D4D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15131,60 +14553,51 @@
           <w:p w14:paraId="2F34AD0B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Thực</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> hiện tốt nhiệm vụ cá nhân được giao</w:t>
+              <w:t>Thực hiện tốt nhiệm vụ cá nhân được giao</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12DF5012" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -15234,51 +14647,50 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="34FDBA61" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A7813C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15390,51 +14802,50 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="57C0067D" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E3DC48" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15545,51 +14956,50 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="3105E76E" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CC5C412" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15700,51 +15110,50 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="2B842067" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A8C3290" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -15867,1413 +15276,1240 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06DBE8E3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) </w:t>
-[...7 lines deleted...]
-        <w:t>Phiếu đánh giá năng lực hợp tác trong làm việc nhóm với 4 mức độ mô tả định tính:</w:t>
+        <w:t>b) Phiếu đánh giá năng lực hợp tác trong làm việc nhóm với 4 mức độ mô tả định tính:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ab"/>
         <w:tblW w:w="9571" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2168"/>
         <w:gridCol w:w="1591"/>
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="009447B8" w14:paraId="0CD316BD" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D81FB4C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E925A3E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiêu chí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F9CC8E1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Các mức độ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="4001F19A" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191C1094" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B4AEEB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02A74D35" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6749A9F1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10096B88" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="546EF6E1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="1BB19D58" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="259E6EF3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A131720" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nhận nhiệm vụ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="596AFEF7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="27"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chủ động xung phong nhận nhiệm vụ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78C4297C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="102"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không xung phong nhưng vui vẻ nhận nhiệm vụ khi được giao</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18787F7F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miễn cưỡng khi nhận </w:t>
-[...7 lines deleted...]
-              <w:t>nhiệm vụ được giao</w:t>
+              <w:t>Miễn cưỡng khi nhận nhiệm vụ được giao</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61BFF1F1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Từ chối nhận nhiệm vụ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="40BED527" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EDF6F0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F2710FB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tham  gia xây dựng kế hoạch hoạt động của nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28C34514" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hăng hái bày tỏ ý kiến, tham gia xây dựng kế hoạch hoạt động của nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="663DC636" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tham gia ý kiến xây dựng kế hoạch hoạt động nhóm song đôi lúc chưa chủ động</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AE9FD6D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Còn ít tham gia ý </w:t>
-[...7 lines deleted...]
-              <w:t>kiến xây dựng kế hoạch hoạt động nhóm</w:t>
+              <w:t>Còn ít tham gia ý kiến xây dựng kế hoạch hoạt động nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DAC2972" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không tham gia ý kiến xây dựng kế hoạch hoạt động nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="21F49830" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="740411BB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B292798" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Thực hiện nhiệm vụ và hỗ trợ, giúp đỡ các thành viên khác</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54E0EB60" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cố gắng hoàn thành nhiệm vụ của bản thân, chủ động hỗ trợ các bạn khác trong nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53B2B710" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Cố gắng hoàn thành n</w:t>
-[...7 lines deleted...]
-              <w:t>hiệm vụ của bản thân, chưa chủ động hỗ trợ các bạn khác</w:t>
+              <w:t>Cố gắng hoàn thành nhiệm vụ của bản thân, chưa chủ động hỗ trợ các bạn khác</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A25BDF4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cố gắng hoàn thành nhiệm vụ của bản thân nhưng chưa hỗ trợ các bạn khác</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64F4E4A6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không cố gắng hoàn thành nhiệm vụ của bản thân, không hỗ trợ những bạn khác</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="6491C523" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F7F21C9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B3FE647" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tôn  trọng quyết định chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D71E57F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Luôn tôn trọng quyết </w:t>
-[...7 lines deleted...]
-              <w:t>định chung của cả nhóm</w:t>
+              <w:t>Luôn tôn trọng quyết định chung của cả nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="057DF95B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Đôi khi                                                                                                                                                                                                                                  </w:t>
-[...71 lines deleted...]
-              <w:t>ịnh chung của cả nhóm</w:t>
+              <w:t>Đôi khi                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                            chưa tôn trọng quyết định chung của cả nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CD3BEB9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nhiều khi chưa tôn trọng quyết định chung của cả nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72488E8E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không tôn trọng quyết định chung của cả nhóm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="5B5FD974" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4744AAC1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30577C31" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết quả làm việc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2744219E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có sản phẩm tốt theo yêu cầu đề ra và đảm bảo đúng thời gian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCA7E9D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có sản phẩm tốt nhưng chưa đảm bảo thời gian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22685389" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Có sản </w:t>
-[...7 lines deleted...]
-              <w:t>phẩm tương đối tốt theo yêu cầu đề ra nhưng chưa đảm bảo thời gian</w:t>
+              <w:t>Có sản phẩm tương đối tốt theo yêu cầu đề ra nhưng chưa đảm bảo thời gian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1759640C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sản phẩm không đạt yêu cầu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="19C34132" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="072620B8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CC1E3B2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trách nhiệm với kết quả làm việc chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15490DFE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tự giác chịu trách nhiệm về sản phẩm chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EAA7316" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chịu trách nhiệm về sản phẩm chung khi được yêu cầu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1591" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C0DD41A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Chưa  sẵn sàng chịu trách</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> nhiệm về sản phẩm chung</w:t>
+              <w:t>Chưa  sẵn sàng chịu trách nhiệm về sản phẩm chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="198EE3BB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không chịu trách nhiệm về sản phẩm chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72A8E0D8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
@@ -17326,51 +16562,50 @@
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="9004" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="670"/>
         <w:gridCol w:w="2073"/>
         <w:gridCol w:w="1224"/>
         <w:gridCol w:w="1268"/>
         <w:gridCol w:w="1267"/>
         <w:gridCol w:w="1267"/>
         <w:gridCol w:w="1235"/>
       </w:tblGrid>
       <w:tr w:rsidR="009447B8" w14:paraId="66BBD725" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A206326" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Họ và tên: …………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="178865F3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -17401,80 +16636,78 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CBBB329" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiêu chí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6261" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D52414" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Các mức độ đánh giá</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -17487,1258 +16720,1203 @@
           </w:tcPr>
           <w:p w14:paraId="19FB5F48" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B82FA43" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AC7C384" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rất thành thạo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CA47D5C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Thành thạo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D6A2D87" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Khá thành thạo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D617EAA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chưa thành thạo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50452BE1" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không có kĩ năng</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="0A40560E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11426833" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BA41EF4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lựa chọn dụng cụ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="224459D9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3337A031" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="780940C7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16070F5A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27E4A951" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="04360A0A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61321174" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D47C16" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lựa chọn hoá chất </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AA935E0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7884C310" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="183C4436" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B1187C9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A92FE63" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="33F88865" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282BCE97" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A15019" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lắp ráp dụng cụ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E8A8F5F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34AB0382" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FB25D75" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18B81312" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68C04A8A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="5897D3CF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6095529F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B8F85FC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Thao tác thí nghiệm </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C1407CA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="177B91CC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A950889" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42757046" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E60F4B0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="5398C377" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53A59E2A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13B195AA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ghi chép hiện tượng </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EC75D85" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="615B8B16" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FF3A7AF" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11748C24" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F30F0F5" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="723E8E8F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268F8B9E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BEBE8A3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giải thích hiện tượng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5448B6EA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="049E1909" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40332292" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04C20CA4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="236B9BA3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="11781615" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64EFF5B0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B156F3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Xử lí hoá chất sau thí nghiệm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02618558" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72452502" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A9A5BA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4447C5FC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1083203A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="7BF4AD08" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F3E245" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="153C4537" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vệ sinh dụng cụ sau thí nghiệm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="443801C8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A93557" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D7022B8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51F0DE0F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2083D0F9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="749EFE2B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -18780,956 +17958,904 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="670"/>
         <w:gridCol w:w="6445"/>
         <w:gridCol w:w="954"/>
         <w:gridCol w:w="996"/>
       </w:tblGrid>
       <w:tr w:rsidR="009447B8" w14:paraId="45B17487" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4863AB24" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32A95C32" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiêu chí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2642B505" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="31"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="682745E6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="31"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="1D2777DF" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43D02F11" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24AA78B8" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diễn đạt </w:t>
-[...7 lines deleted...]
-              <w:t>trôi chảy, phát âm rõ ràng</w:t>
+              <w:t>Diễn đạt trôi chảy, phát âm rõ ràng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AE5E0A5" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FE7DD74" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="004CA8C1" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E2E597E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="232BE216" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tốc độ thuyết trình vừa phải, ngưng ngắt câu đúng lúc, đúng chỗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="658D1904" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7105A30A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="0AE09E97" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17F299CE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51033553" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Âm lượng vừa phải</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03218FEC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="399B0376" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="1B831642" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6630AD5E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7477D6EC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Diễn đạt dễ hiểu, súc tích</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="347D0B87" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C30142F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="756999EE" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EF9AAE3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B1D6FD4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bài thuyết trình theo kết cấu logic chặt chẽ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5357D5AE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BAD60DB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="0D7746C1" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F4340B6" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02166CB3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trực quan hoá bài thuyết trình (sử dụng hình ảnh, </w:t>
-[...7 lines deleted...]
-              <w:t>biểu đồ, video clip, ...)</w:t>
+              <w:t>Trực quan hoá bài thuyết trình (sử dụng hình ảnh, biểu đồ, video clip, ...)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3154B5C4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19CDF687" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="71A363D6" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E205F3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="010AF8B9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tương tác với người nghe trong khi trình thuyết trình</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CF48296" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B4282DE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="4E48D84F" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="243A019B" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="605C4A55" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kết hợp sử dụng ngôn ngữ cơ thể phù hợp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="954" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F9C9377" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44D22E59" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B9F2F95" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -19768,912 +18894,860 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="6467"/>
         <w:gridCol w:w="934"/>
         <w:gridCol w:w="1016"/>
       </w:tblGrid>
       <w:tr w:rsidR="009447B8" w14:paraId="3ED265F8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="407"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04F13BA7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="358A24F3" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiêu chí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FB8495C" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE3020D" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Không</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="21309805" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289EAC3E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A42957F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Có mô tả được </w:t>
-[...7 lines deleted...]
-              <w:t>trạng thái tự nhiên của tinh bột và cellulose  không?</w:t>
+              <w:t>Có mô tả được trạng thái tự nhiên của tinh bột và cellulose  không?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176E1436" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="750A24BF" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="3697C599" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6044A931" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451BB18A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Có trình bày được đặc điểm cấu tạo của amylose và amylopectin  không? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5276D4D2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33CF6663" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="7F0F8CDF" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77844C0E" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2966AE3F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có giải thích được nguyên nhân amylose không phân nhánh, còn amylopectin có phân nhánh không?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633775C9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61AE841F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="7CDF244B" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129C51A2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11F468D4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Có nêu được sự khác biệt về đặc điểm cấu tạo phân tử amylose và cellulose không? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68665099" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="382EF7A4" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="72B0E469" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="178049A9" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F9687FA" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có nêu được tính chất hoá học cơ bản của tinh bột và cellulose không?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CEB4269" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="285F7FA7" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="13B74622" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07377993" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="763F9F64" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Có trình bày được sự chuyển hoá tinh bột trong cơ thể không?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01D2B8DE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C0AC1BE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="0CA6280D" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="790A41FB" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1992419F" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Có trình bày được sự tạo </w:t>
-[...7 lines deleted...]
-              <w:t>thành tinh bột trong cây xanh không?</w:t>
+              <w:t>Có trình bày được sự tạo thành tinh bột trong cây xanh không?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AEC1D32" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F28D5FC" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009447B8" w14:paraId="48DD5202" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5B25CE" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CC63AB0" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="00037DA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Có nêu được ứng dụng của tinh bột và cellulose trong đời sống không? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC6262A" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BB2E3E2" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D9FE8C5" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
@@ -20687,168 +19761,171 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AB1C9CD" w14:textId="77777777" w:rsidR="009447B8" w:rsidRDefault="009447B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009447B8" w:rsidSect="009F6874">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...1 lines deleted...]
-    <w:embedBold r:id="rId2" w:fontKey="{6A54197B-F3D3-4DB7-8B6F-D439419530AF}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{B654CBA6-515E-4024-AC2D-20AC5AF7A18F}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{BD7BC58A-B285-4EFB-900D-95EA2782B5A5}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{BFB7DD72-93C2-44A5-95E2-E4E6FD8B7E8E}"/>
-    <w:embedItalic r:id="rId4" w:fontKey="{60F1EAFD-498F-463F-99E3-2397E271791F}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{4B1148DB-D4D1-4AD1-875E-304782FB2BBB}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{CD1486C6-61D5-412A-9230-58479B5A8B32}"/>
   </w:font>
   <w:font w:name="Cardo">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{9974F014-8F45-448C-B63B-78E1BB126F1F}"/>
-    <w:embedItalic r:id="rId6" w:fontKey="{2B509EAC-A583-4E92-B467-3EADEBC67C20}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{BAB12DE1-2C6C-4828-B44A-AB9750DB7C0A}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{EA1A9196-B458-46B5-8889-BB699F138063}"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{409932E8-6D89-4DF2-95BB-CF6DE680EE23}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{2E075EC9-E44B-48E5-AEA4-CDB29FEC5AE5}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009447B8"/>
     <w:rsid w:val="00037DA3"/>
     <w:rsid w:val="003C449C"/>
     <w:rsid w:val="00485640"/>
+    <w:rsid w:val="00590378"/>
+    <w:rsid w:val="009419A7"/>
     <w:rsid w:val="009447B8"/>
     <w:rsid w:val="009F6874"/>
     <w:rsid w:val="00AA42FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0AD53FEA"/>
   <w15:docId w15:val="{1AF79096-E5A0-4F3D-A7FB-4679CE5A0CDA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="vi-VN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21176,50 +20253,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00895D05"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -21404,52 +20486,52 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00026822"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00026822"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00127B6B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
@@ -21682,51 +20764,51 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ae">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://www.textileandgarment.com/vi/docs/08/2012/ttn50.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wheelofnames.com/vi/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://thietbididong.net/wp-content/uploads/2015/02/xem-hinh-anh-canh-dong-lua-chin-vang-dep-nhat-viet-nam-2015-7.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wheelofnames.com/vi/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -22009,76 +21091,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhV5JMLC9V1JjGA28hHecBvbWtjPg==">CgMxLjAaIwoBMBIeChwIB0IYCg9UaW1lcyBOZXcgUm9tYW4SBUNhcmRvMghoLmdqZGd4czIJaC4zMGowemxsMgloLjFmb2I5dGUyCWguM3pueXNoNzgAciExemRZRWJmY0dOV2g5UDdPWlpHR0RGakloUW9ZUGxUSGI=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4155</Words>
-  <Characters>23687</Characters>
+  <Words>4193</Words>
+  <Characters>23906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>199</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27787</CharactersWithSpaces>
+  <CharactersWithSpaces>28043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PHẠM TIẾN HẢI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
 </Properties>
 </file>